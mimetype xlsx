--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -1,224 +1,302 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28429"/>
-  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Case Folders\The Body Shop\MSL\Website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3C1EE821-5B5B-4BBF-B2CA-99E7B4718B10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{99F99F13-6E58-4D37-A39E-D3BE8EB3AD92}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B6DE030D-4A0A-450A-965E-B9D0DC053DE2}"/>
   </bookViews>
   <sheets>
     <sheet name="MSL" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">MSL!$B:$K</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">MSL!$1:$1</definedName>
   </definedNames>
-  <calcPr calcId="191028"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="263" uniqueCount="216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="273" uniqueCount="222">
   <si>
     <t>NameID</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>CreditorName</t>
   </si>
   <si>
     <t>CreditorNoticeName</t>
   </si>
   <si>
     <t>Address1</t>
   </si>
   <si>
     <t>Address2</t>
   </si>
   <si>
     <t>Address3</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Zip</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Fax</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Chapter 7 Trustee</t>
   </si>
   <si>
+    <t>Rimon PC</t>
+  </si>
+  <si>
     <t>Kenneth P Silverman</t>
   </si>
   <si>
-    <t>Rimon PC</t>
-[...1 lines deleted...]
-  <si>
     <t>100 Jericho Quadrangle Suite 300</t>
   </si>
   <si>
     <t>Jericho</t>
   </si>
   <si>
     <t>NY</t>
   </si>
   <si>
     <t>11753</t>
   </si>
   <si>
+    <t>516-479-6310</t>
+  </si>
+  <si>
+    <t>longisland-filings@rimonlaw.com</t>
+  </si>
+  <si>
+    <t>Attorneys to Chapter 7 Trustee</t>
+  </si>
+  <si>
+    <t>Brian Powers, Courtney Roman, Anthony Charles Acampora</t>
+  </si>
+  <si>
+    <t>516-479-6330</t>
+  </si>
+  <si>
+    <t>516-479-6301</t>
+  </si>
+  <si>
+    <t>brian.powers@rimonlaw.com; courtney.roman@rimonlaw.com; anthony.acampora@rimonlaw.com</t>
+  </si>
+  <si>
+    <t>Claims and Noticing Agent</t>
+  </si>
+  <si>
+    <t>KCC dba Verita</t>
+  </si>
+  <si>
     <t>Angela Nguyen</t>
   </si>
   <si>
     <t>222 N Pacific Coast Highway Suite 300</t>
   </si>
   <si>
     <t>El Segundo</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>90245</t>
   </si>
   <si>
+    <t>thebodyshopinfo@veritaglobal.com</t>
+  </si>
+  <si>
+    <t>Counsel for Debtor</t>
+  </si>
+  <si>
+    <t>Morgan Lewis &amp; Bockius LLP</t>
+  </si>
+  <si>
+    <t>Jennifer Feldsher</t>
+  </si>
+  <si>
+    <t>101 Park Ave 38th Floor</t>
+  </si>
+  <si>
     <t>New York</t>
   </si>
   <si>
+    <t>10178</t>
+  </si>
+  <si>
+    <t>212-309-6017</t>
+  </si>
+  <si>
+    <t>212-309-6001</t>
+  </si>
+  <si>
+    <t>jennifer.feldsher@morganlewis.com; david.shim@morganlewis.com</t>
+  </si>
+  <si>
+    <t>US Bankruptcy Court Judge</t>
+  </si>
+  <si>
+    <t>USBC Southern District of NY</t>
+  </si>
+  <si>
+    <t>Honorable Judge David S Jones</t>
+  </si>
+  <si>
+    <t>One Bowling Green</t>
+  </si>
+  <si>
+    <t>Courtroom 701</t>
+  </si>
+  <si>
+    <t>10004</t>
+  </si>
+  <si>
+    <t>jones.chambers@nysb.uscourts.gov</t>
+  </si>
+  <si>
     <t>Internal Revenue Service</t>
   </si>
   <si>
     <t>Centralized Insolvency Operation</t>
   </si>
   <si>
     <t>2970 Market St</t>
   </si>
   <si>
     <t>Philadelphia</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>19104</t>
   </si>
   <si>
     <t>855-235-6787</t>
   </si>
   <si>
     <t>PO Box 7346</t>
   </si>
   <si>
     <t>19101-7346</t>
   </si>
   <si>
     <t>800-973-0424</t>
   </si>
   <si>
     <t>US Trustee</t>
   </si>
   <si>
     <t>United States Trustees Office Region 2</t>
   </si>
   <si>
+    <t>Mark Bruh Esq</t>
+  </si>
+  <si>
     <t>Alexander Hamilton Custom House</t>
   </si>
   <si>
     <t>One Bowling Green Room 534</t>
   </si>
   <si>
     <t>10004-1408</t>
   </si>
   <si>
     <t>212-510-0500</t>
   </si>
   <si>
     <t>212-668-2361</t>
   </si>
   <si>
+    <t>mark.bruh@usdoj.gov</t>
+  </si>
+  <si>
     <t>New York Attorney General (New York City Office)</t>
   </si>
   <si>
     <t>Office of the NY Attorney General</t>
   </si>
   <si>
     <t>Attorney General</t>
   </si>
   <si>
     <t>28 Liberty Street</t>
   </si>
   <si>
     <t>10005</t>
   </si>
   <si>
     <t>212-416-8000</t>
   </si>
   <si>
     <t>212-416-6075</t>
   </si>
   <si>
     <t>New York Attorney General (Albany Regional Office)</t>
   </si>
   <si>
     <t>The Capitol</t>
@@ -226,726 +304,628 @@
   <si>
     <t>Albany</t>
   </si>
   <si>
     <t>12224-0341</t>
   </si>
   <si>
     <t>800-771-7755</t>
   </si>
   <si>
     <t>United States Attorney's Office SDNY</t>
   </si>
   <si>
     <t>Attn Tax &amp; Bankruptcy Unit</t>
   </si>
   <si>
     <t>86 Chambers St, Third Floor</t>
   </si>
   <si>
     <t>212-637-2800</t>
   </si>
   <si>
     <t xml:space="preserve">212-637-2684 </t>
   </si>
   <si>
-    <t>Brian Powers, Courtney Roman, Anthony Charles Acampora</t>
-[...32 lines deleted...]
-    <t>516-479-6301</t>
+    <t>USANYS.Bankruptcy@usdoj.gov</t>
   </si>
   <si>
     <t>Simon Property Group Inc</t>
   </si>
   <si>
     <t>Attn Ronald M Tucker Esq</t>
   </si>
   <si>
+    <t>225 West Washington Street</t>
+  </si>
+  <si>
     <t>Indianapolis</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>46204</t>
   </si>
   <si>
     <t>317-263-2346</t>
   </si>
   <si>
     <t>317-263-7901</t>
   </si>
   <si>
     <t>rtucker@simon.com</t>
   </si>
   <si>
+    <t>Counsel for City of Frisco</t>
+  </si>
+  <si>
     <t>City of Frisco</t>
   </si>
   <si>
     <t>Linebarger Goggan Blair &amp; Sampson LLP</t>
   </si>
   <si>
+    <t>Sherrel K Knighton</t>
+  </si>
+  <si>
+    <t>2777 N Stemmons Freeway</t>
+  </si>
+  <si>
+    <t>Suite 1000</t>
+  </si>
+  <si>
     <t>Dallas</t>
   </si>
   <si>
     <t>TX</t>
   </si>
   <si>
     <t>75207</t>
   </si>
   <si>
-    <t>Sherrel K Knighton</t>
-[...1 lines deleted...]
-  <si>
     <t>214-880-0089</t>
   </si>
   <si>
     <t>469-221-5003</t>
   </si>
   <si>
+    <t>dallas.bankruptcy@lgbs.com; sherrel.knighton@lgbs.com; Dora.Casiano-Perez@lgbs.com; Olivia.Salvatierra@lgbs.com</t>
+  </si>
+  <si>
     <t>Brookfield Properties Inc as Agent</t>
   </si>
   <si>
     <t>Kristen N Pate</t>
   </si>
   <si>
+    <t>350 N Orleans Street Suite 300</t>
+  </si>
+  <si>
     <t>Chicago</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>60654-1607</t>
   </si>
   <si>
     <t>312-960-2940</t>
   </si>
   <si>
     <t>312-442-6374</t>
   </si>
   <si>
     <t>bk@bpretail.com</t>
   </si>
   <si>
     <t>Counsel for Bellevue Square, LLC</t>
   </si>
   <si>
-    <t>Counsel for City of Frisco</t>
-[...1 lines deleted...]
-  <si>
     <t>Bellevue Square LLC and Bellevue Square Merchants Association</t>
   </si>
   <si>
+    <t>Illuminate Law Group as Agent</t>
+  </si>
+  <si>
     <t>Brian M Muchinsky</t>
   </si>
   <si>
-    <t>Illuminate Law Group as Agent</t>
+    <t>10500 NE 8th Street Suite 850</t>
   </si>
   <si>
     <t>Bellevue</t>
   </si>
   <si>
     <t>WA</t>
   </si>
   <si>
     <t>98004</t>
   </si>
   <si>
     <t>425-289-5555</t>
   </si>
   <si>
     <t>888-371-4133</t>
   </si>
   <si>
     <t>bmuchinsky@illuminatelg.com</t>
   </si>
   <si>
-    <t>Mark Bruh Esq</t>
-[...13 lines deleted...]
-  <si>
     <t>Counsel for Clear Creek Independent School District and City of Houston</t>
   </si>
   <si>
     <t>Clear Creek Independent School District and City of Houston</t>
   </si>
   <si>
     <t>Perdue Brandon Fielder Collins &amp; Mott LLP</t>
   </si>
   <si>
     <t>Melissa E Valdez</t>
   </si>
   <si>
+    <t>1235 North Loop West Suite 600</t>
+  </si>
+  <si>
     <t>Houston</t>
   </si>
   <si>
     <t>77008</t>
   </si>
   <si>
-    <t>1235 North Loop West Suite 600</t>
-[...1 lines deleted...]
-  <si>
     <t>713-862-1860</t>
   </si>
   <si>
     <t>713-862-1429</t>
   </si>
   <si>
     <t>mvaldez@pbfcm.com</t>
   </si>
   <si>
     <t>Counsel for Frisco ISD</t>
   </si>
   <si>
     <t>Frisco ISD</t>
   </si>
   <si>
     <t>Linda D Reece</t>
   </si>
   <si>
     <t>1919 S Shiloh Rd Suite 640 LB 40</t>
   </si>
   <si>
     <t>Garland</t>
   </si>
   <si>
     <t>75042</t>
   </si>
   <si>
     <t>972-278-8282</t>
   </si>
   <si>
     <t>817-860-6509</t>
   </si>
   <si>
     <t>lreece@pbfcm.com</t>
   </si>
   <si>
-    <t>225 West Washington Street</t>
-[...13 lines deleted...]
-  <si>
     <t>NY State Unemployment Insurance Fund</t>
   </si>
   <si>
     <t>PO Box 551</t>
   </si>
   <si>
     <t>12201-0551</t>
   </si>
   <si>
     <t>labor.sm.ui.bankruptcy@labor.ny.gov</t>
   </si>
   <si>
     <t>NY City Dept of Finance</t>
   </si>
   <si>
     <t>Office of Legal Affairs</t>
   </si>
   <si>
     <t>375 Pearl St 30th Floor</t>
   </si>
   <si>
     <t>10038-1442</t>
   </si>
   <si>
     <t>DOFBankruptcy@finance.nyc.gov</t>
   </si>
   <si>
     <t>NY State Tax Commission</t>
   </si>
   <si>
     <t>Bankruptcy/Special Procedures Section</t>
   </si>
   <si>
     <t>PO Box 5300</t>
   </si>
   <si>
     <t>12205-0300</t>
   </si>
   <si>
     <t>nys.dtf.bncnotice@tax.ny.gov</t>
   </si>
   <si>
-    <t>USANYS.Bankruptcy@usdoj.gov</t>
-[...1 lines deleted...]
-  <si>
     <t>Counsel for Westfield, LLC</t>
   </si>
   <si>
     <t>Barclay Damon LLP</t>
   </si>
   <si>
     <t>Ilan Markus and Niclas A. Ferland</t>
   </si>
   <si>
     <t>545 Long Wharf Drive, 9th Floor</t>
   </si>
   <si>
     <t>New Haven</t>
   </si>
   <si>
     <t>CT</t>
   </si>
   <si>
     <t>06511</t>
   </si>
   <si>
     <t>203-672-2661</t>
   </si>
   <si>
     <t>203-654-3265</t>
   </si>
   <si>
     <t>imarkus@barclaydamon.com; nferland@barclaydamon.com</t>
   </si>
   <si>
+    <t>Counsel for Travis County</t>
+  </si>
+  <si>
+    <t>Travis County</t>
+  </si>
+  <si>
     <t>Assistant Travis County Attorney</t>
   </si>
   <si>
     <t>Jason A. Starks</t>
   </si>
   <si>
-    <t>Counsel for Travis County</t>
-[...1 lines deleted...]
-  <si>
     <t>PO Box 1748</t>
   </si>
   <si>
     <t>Austin</t>
   </si>
   <si>
     <t>78767</t>
   </si>
   <si>
     <t>512-854-9092</t>
   </si>
   <si>
     <t>512-854-9316</t>
   </si>
   <si>
     <t xml:space="preserve">Jason.Starks@traviscountytx.gov; BKECF@traviscountytx.gov </t>
   </si>
   <si>
-    <t>Travis County</t>
-[...1 lines deleted...]
-  <si>
     <t>Counsel to Brookfield Properties Retail Inc.</t>
   </si>
   <si>
     <t>Kelley Drye &amp; Warren LLP</t>
   </si>
   <si>
     <t>Robert L LeHane, Connie Y Choe, John A Churchhill Jr</t>
   </si>
   <si>
     <t>3 World Trade Center</t>
   </si>
   <si>
     <t>175 Greenwich Street</t>
   </si>
   <si>
     <t>10007</t>
   </si>
   <si>
     <t>212-808-7800</t>
   </si>
   <si>
     <t>212-808-7897</t>
   </si>
   <si>
     <t>rlehane@kelleydrye.com; cchoe@kelleydrye.com; jchurchhill@kelleydrye.com; KDWBankruptcyDepartment@Kelleydrye.com; MVicinanza@ecf.inforuptcy.com</t>
   </si>
   <si>
     <t>Aldine Independent School District</t>
   </si>
   <si>
     <t>Annette Ramirez, Kanika W Middleton, Pamela H Walters</t>
   </si>
   <si>
     <t>2520 WW Thorne Drive</t>
   </si>
   <si>
     <t>77073</t>
   </si>
   <si>
     <t>281-985-6319</t>
   </si>
   <si>
     <t>281-985-6321</t>
   </si>
   <si>
     <t>bnkatty@aldineisd.org</t>
   </si>
   <si>
-    <t>Claims and Noticing Agent</t>
-[...1 lines deleted...]
-  <si>
     <t>TN Department of Revenue</t>
   </si>
   <si>
     <t>TN Attorney General's Office, Bankruptcy Division</t>
   </si>
   <si>
     <t>PO Box 20207</t>
   </si>
   <si>
     <t>Nashville</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>37202-0207</t>
   </si>
   <si>
     <t>615-741-1935</t>
   </si>
   <si>
     <t>615-741-3334</t>
   </si>
   <si>
     <t>AGBankNewYork@ag.tn.gov</t>
   </si>
   <si>
+    <t>Counsel to LREP Acquisition III LLC</t>
+  </si>
+  <si>
     <t>Cole Schotz P.C.</t>
   </si>
   <si>
     <t>Rab N. Nalavala, Tara D. Ryan, Mark Tsukerman</t>
   </si>
   <si>
     <t>1325 Avenue of the Americas, 19th Fl</t>
   </si>
   <si>
     <t>10019</t>
   </si>
   <si>
     <t>212-752-8000</t>
   </si>
   <si>
     <t>212-752-8393</t>
   </si>
   <si>
     <t>rnalavala@coleschotz.com; tryan@coleschotz.com; mtsukerman@coleschotz.com</t>
   </si>
   <si>
-    <t>Counsel to LREP Acquisition III LLC</t>
-[...29 lines deleted...]
-    <t>KCC dba Verita</t>
+    <t>New York State Department of Environmental Conservation</t>
+  </si>
+  <si>
+    <t>New York State Department of Law</t>
+  </si>
+  <si>
+    <t>Environmental Protection Bureau</t>
+  </si>
+  <si>
+    <t>Andrew J Gershon</t>
+  </si>
+  <si>
+    <t>212-416-8474</t>
+  </si>
+  <si>
+    <t>Andrew.Gershon@ag.ny.gov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...2 lines deleted...]
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
-    </font>
-[...10 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
-      <color theme="1"/>
-[...13 lines deleted...]
-      <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="18"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="9">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="30">
+  <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="49" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...33 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="7" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="7" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="7" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="4" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="9">
-[...4 lines deleted...]
-    <cellStyle name="Hyperlink 4" xfId="5" xr:uid="{C2620667-36C6-4877-8C18-B5F804A490A2}"/>
+  <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="4" xr:uid="{36CA158D-43CC-48F8-AB92-1EC09CF6A1AF}"/>
-[...1 lines deleted...]
-    <cellStyle name="Normal 79" xfId="7" xr:uid="{4AF51CD9-88AE-4253-A407-9064548D552B}"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{09886B70-28EA-4610-A675-1AD9CABA1D56}"/>
+    <cellStyle name="Normal 3 10" xfId="3" xr:uid="{7C2D1A3F-0233-4983-9387-0C86311F8F38}"/>
+    <cellStyle name="Normal 79" xfId="2" xr:uid="{DF0281FB-DC36-44F0-8B9D-B9E225F742F4}"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1194,1540 +1174,1209 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr codeName="Sheet2">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{137B459E-A433-49C7-B781-C360FDB309B2}">
+  <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Z27"/>
+  <dimension ref="A1:Q28"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="70" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H1" sqref="H1"/>
-      <selection pane="bottomLeft" activeCell="B2" sqref="B2"/>
+      <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="10.44140625" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
-[...10 lines deleted...]
-    <col min="15" max="16384" width="9.109375" style="3"/>
+    <col min="1" max="1" width="10.44140625" style="11" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="2" max="2" width="38.21875" style="19" bestFit="1" customWidth="1" collapsed="1"/>
+    <col min="3" max="6" width="27.88671875" style="19" customWidth="1"/>
+    <col min="7" max="7" width="21.88671875" style="19" customWidth="1"/>
+    <col min="8" max="8" width="10.77734375" style="19" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="5.6640625" style="19" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="10.6640625" style="20" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="8.33203125" style="19" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="20" style="19" customWidth="1"/>
+    <col min="13" max="13" width="21.44140625" style="19" customWidth="1"/>
+    <col min="14" max="14" width="29.109375" style="19" customWidth="1"/>
+    <col min="15" max="16384" width="9.109375" style="19"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26" s="4" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:17" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="2" spans="1:26" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
-      <c r="A2" s="2">
+    <row r="2" spans="1:17" s="28" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A2" s="11">
         <v>19</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="C2" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="D2" s="19" t="s">
+        <v>193</v>
+      </c>
+      <c r="E2" s="19" t="s">
+        <v>194</v>
+      </c>
+      <c r="F2" s="19"/>
+      <c r="G2" s="19"/>
+      <c r="H2" s="19" t="s">
+        <v>135</v>
+      </c>
+      <c r="I2" s="19" t="s">
+        <v>105</v>
+      </c>
+      <c r="J2" s="20" t="s">
+        <v>195</v>
+      </c>
+      <c r="K2" s="19"/>
+      <c r="L2" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="M2" s="19" t="s">
+        <v>197</v>
+      </c>
+      <c r="N2" s="22" t="s">
+        <v>198</v>
+      </c>
+      <c r="O2" s="19"/>
+      <c r="P2" s="19"/>
+      <c r="Q2" s="19"/>
+    </row>
+    <row r="3" spans="1:17" s="28" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A3" s="11">
+        <v>16</v>
+      </c>
+      <c r="B3" s="19" t="s">
+        <v>163</v>
+      </c>
+      <c r="C3" s="19" t="s">
+        <v>164</v>
+      </c>
+      <c r="D3" s="19" t="s">
+        <v>165</v>
+      </c>
+      <c r="E3" s="19" t="s">
+        <v>166</v>
+      </c>
+      <c r="F3" s="19"/>
+      <c r="G3" s="19"/>
+      <c r="H3" s="19" t="s">
+        <v>167</v>
+      </c>
+      <c r="I3" s="19" t="s">
+        <v>168</v>
+      </c>
+      <c r="J3" s="20" t="s">
+        <v>169</v>
+      </c>
+      <c r="K3" s="19"/>
+      <c r="L3" s="19" t="s">
+        <v>170</v>
+      </c>
+      <c r="M3" s="19" t="s">
+        <v>171</v>
+      </c>
+      <c r="N3" s="19" t="s">
+        <v>172</v>
+      </c>
+      <c r="O3" s="19"/>
+      <c r="P3" s="19"/>
+      <c r="Q3" s="19"/>
+    </row>
+    <row r="4" spans="1:17" s="28" customFormat="1" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A4" s="7">
+        <v>10</v>
+      </c>
+      <c r="B4" s="19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C4" s="19" t="s">
+        <v>120</v>
+      </c>
+      <c r="D4" s="19" t="s">
+        <v>121</v>
+      </c>
+      <c r="E4" s="19" t="s">
+        <v>122</v>
+      </c>
+      <c r="F4" s="19" t="s">
+        <v>123</v>
+      </c>
+      <c r="G4" s="19"/>
+      <c r="H4" s="19" t="s">
+        <v>124</v>
+      </c>
+      <c r="I4" s="19" t="s">
+        <v>125</v>
+      </c>
+      <c r="J4" s="20" t="s">
+        <v>126</v>
+      </c>
+      <c r="K4" s="19"/>
+      <c r="L4" s="19" t="s">
+        <v>127</v>
+      </c>
+      <c r="M4" s="19" t="s">
+        <v>128</v>
+      </c>
+      <c r="N4" s="19" t="s">
+        <v>129</v>
+      </c>
+      <c r="O4" s="19"/>
+      <c r="P4" s="19"/>
+      <c r="Q4" s="19"/>
+    </row>
+    <row r="5" spans="1:17" s="28" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A5" s="7">
+        <v>9</v>
+      </c>
+      <c r="B5" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="C5" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="D5" s="19" t="s">
+        <v>111</v>
+      </c>
+      <c r="E5" s="19" t="s">
+        <v>112</v>
+      </c>
+      <c r="F5" s="19"/>
+      <c r="G5" s="19"/>
+      <c r="H5" s="19" t="s">
+        <v>113</v>
+      </c>
+      <c r="I5" s="19" t="s">
+        <v>114</v>
+      </c>
+      <c r="J5" s="20" t="s">
+        <v>115</v>
+      </c>
+      <c r="K5" s="19"/>
+      <c r="L5" s="19" t="s">
+        <v>116</v>
+      </c>
+      <c r="M5" s="19" t="s">
+        <v>117</v>
+      </c>
+      <c r="N5" s="19" t="s">
+        <v>118</v>
+      </c>
+      <c r="O5" s="19"/>
+      <c r="P5" s="19"/>
+      <c r="Q5" s="19"/>
+    </row>
+    <row r="6" spans="1:17" s="28" customFormat="1" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A6" s="7">
+        <v>8</v>
+      </c>
+      <c r="B6" s="19" t="s">
+        <v>98</v>
+      </c>
+      <c r="C6" s="19" t="s">
+        <v>99</v>
+      </c>
+      <c r="D6" s="19" t="s">
+        <v>100</v>
+      </c>
+      <c r="E6" s="19" t="s">
+        <v>101</v>
+      </c>
+      <c r="F6" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G6" s="19" t="s">
+        <v>103</v>
+      </c>
+      <c r="H6" s="19" t="s">
+        <v>104</v>
+      </c>
+      <c r="I6" s="19" t="s">
+        <v>105</v>
+      </c>
+      <c r="J6" s="20" t="s">
+        <v>106</v>
+      </c>
+      <c r="K6" s="19"/>
+      <c r="L6" s="19" t="s">
+        <v>107</v>
+      </c>
+      <c r="M6" s="19" t="s">
+        <v>108</v>
+      </c>
+      <c r="N6" s="19" t="s">
+        <v>109</v>
+      </c>
+      <c r="O6" s="19"/>
+      <c r="P6" s="19"/>
+      <c r="Q6" s="19"/>
+    </row>
+    <row r="7" spans="1:17" s="4" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A7" s="11">
+        <v>11</v>
+      </c>
+      <c r="B7" s="19" t="s">
+        <v>130</v>
+      </c>
+      <c r="C7" s="19" t="s">
+        <v>131</v>
+      </c>
+      <c r="D7" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="E7" s="19" t="s">
+        <v>133</v>
+      </c>
+      <c r="F7" s="19" t="s">
+        <v>134</v>
+      </c>
+      <c r="G7" s="19"/>
+      <c r="H7" s="19" t="s">
+        <v>135</v>
+      </c>
+      <c r="I7" s="19" t="s">
+        <v>105</v>
+      </c>
+      <c r="J7" s="20" t="s">
+        <v>136</v>
+      </c>
+      <c r="K7" s="19"/>
+      <c r="L7" s="19" t="s">
+        <v>137</v>
+      </c>
+      <c r="M7" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="N7" s="22" t="s">
+        <v>139</v>
+      </c>
+      <c r="O7" s="19"/>
+      <c r="P7" s="19"/>
+      <c r="Q7" s="19"/>
+    </row>
+    <row r="8" spans="1:17" s="4" customFormat="1" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A8" s="11">
+        <v>21</v>
+      </c>
+      <c r="B8" s="19" t="s">
+        <v>208</v>
+      </c>
+      <c r="C8" s="19" t="s">
+        <v>209</v>
+      </c>
+      <c r="D8" s="19" t="s">
+        <v>210</v>
+      </c>
+      <c r="E8" s="19" t="s">
+        <v>211</v>
+      </c>
+      <c r="F8" s="19"/>
+      <c r="G8" s="19"/>
+      <c r="H8" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="I8" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J8" s="20" t="s">
+        <v>212</v>
+      </c>
+      <c r="K8" s="19"/>
+      <c r="L8" s="19" t="s">
+        <v>213</v>
+      </c>
+      <c r="M8" s="19" t="s">
+        <v>214</v>
+      </c>
+      <c r="N8" s="22" t="s">
+        <v>215</v>
+      </c>
+      <c r="O8" s="19"/>
+      <c r="P8" s="19"/>
+      <c r="Q8" s="19"/>
+    </row>
+    <row r="9" spans="1:17" s="4" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A9" s="7">
+        <v>12</v>
+      </c>
+      <c r="B9" s="19" t="s">
+        <v>140</v>
+      </c>
+      <c r="C9" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="D9" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="E9" s="19" t="s">
+        <v>142</v>
+      </c>
+      <c r="F9" s="19" t="s">
+        <v>143</v>
+      </c>
+      <c r="G9" s="19"/>
+      <c r="H9" s="19" t="s">
+        <v>144</v>
+      </c>
+      <c r="I9" s="19" t="s">
+        <v>105</v>
+      </c>
+      <c r="J9" s="20" t="s">
+        <v>145</v>
+      </c>
+      <c r="K9" s="19"/>
+      <c r="L9" s="19" t="s">
+        <v>146</v>
+      </c>
+      <c r="M9" s="19" t="s">
+        <v>147</v>
+      </c>
+      <c r="N9" s="22" t="s">
+        <v>148</v>
+      </c>
+      <c r="O9" s="19"/>
+      <c r="P9" s="19"/>
+      <c r="Q9" s="19"/>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A10" s="7">
+        <v>1</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" s="8"/>
+      <c r="G10" s="8"/>
+      <c r="H10" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="I10" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="J10" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="K10" s="3"/>
+      <c r="L10" s="8"/>
+      <c r="M10" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="N10" s="32"/>
+      <c r="O10" s="4"/>
+      <c r="P10" s="4"/>
+      <c r="Q10" s="4"/>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A11" s="7">
+        <v>2</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" s="8"/>
+      <c r="G11" s="8"/>
+      <c r="H11" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="I11" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="J11" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="K11" s="3"/>
+      <c r="L11" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="M11" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="N11" s="32"/>
+      <c r="O11" s="4"/>
+      <c r="P11" s="4"/>
+      <c r="Q11" s="4"/>
+    </row>
+    <row r="12" spans="1:17" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A12" s="23">
+        <v>0.3</v>
+      </c>
+      <c r="B12" s="24" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="29" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" s="29" t="s">
+        <v>31</v>
+      </c>
+      <c r="F12" s="29"/>
+      <c r="G12" s="30"/>
+      <c r="H12" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="I12" s="29" t="s">
+        <v>33</v>
+      </c>
+      <c r="J12" s="31" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" s="27"/>
+      <c r="L12" s="28"/>
+      <c r="M12" s="28"/>
+      <c r="N12" s="33" t="s">
+        <v>35</v>
+      </c>
+      <c r="O12" s="28"/>
+      <c r="P12" s="28"/>
+      <c r="Q12" s="28"/>
+    </row>
+    <row r="13" spans="1:17" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A13" s="11">
+        <v>18</v>
+      </c>
+      <c r="B13" s="19" t="s">
+        <v>183</v>
+      </c>
+      <c r="C13" s="19" t="s">
+        <v>184</v>
+      </c>
+      <c r="D13" s="19" t="s">
+        <v>185</v>
+      </c>
+      <c r="E13" s="19" t="s">
+        <v>186</v>
+      </c>
+      <c r="F13" s="19" t="s">
+        <v>187</v>
+      </c>
+      <c r="H13" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="I13" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J13" s="20" t="s">
+        <v>188</v>
+      </c>
+      <c r="L13" s="19" t="s">
+        <v>189</v>
+      </c>
+      <c r="M13" s="19" t="s">
+        <v>190</v>
+      </c>
+      <c r="N13" s="19" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A14" s="23">
+        <v>0.5</v>
+      </c>
+      <c r="B14" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="C14" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" s="25" t="s">
+        <v>38</v>
+      </c>
+      <c r="E14" s="25" t="s">
+        <v>39</v>
+      </c>
+      <c r="F14" s="25"/>
+      <c r="G14" s="24"/>
+      <c r="H14" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="I14" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="J14" s="26" t="s">
+        <v>41</v>
+      </c>
+      <c r="K14" s="27"/>
+      <c r="L14" s="28" t="s">
+        <v>42</v>
+      </c>
+      <c r="M14" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="N14" s="25" t="s">
+        <v>44</v>
+      </c>
+      <c r="O14" s="28"/>
+      <c r="P14" s="28"/>
+      <c r="Q14" s="28"/>
+    </row>
+    <row r="15" spans="1:17" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A15" s="11">
+        <v>22</v>
+      </c>
+      <c r="B15" s="19" t="s">
+        <v>216</v>
+      </c>
+      <c r="C15" s="19" t="s">
+        <v>217</v>
+      </c>
+      <c r="D15" s="19" t="s">
+        <v>218</v>
+      </c>
+      <c r="E15" s="19" t="s">
+        <v>219</v>
+      </c>
+      <c r="F15" s="19" t="s">
+        <v>74</v>
+      </c>
+      <c r="H15" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="I15" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J15" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="L15" s="19" t="s">
+        <v>220</v>
+      </c>
+      <c r="N15" s="22" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A16" s="7">
+        <v>14</v>
+      </c>
+      <c r="B16" s="19" t="s">
+        <v>153</v>
+      </c>
+      <c r="C16" s="19" t="s">
+        <v>153</v>
+      </c>
+      <c r="D16" s="19" t="s">
+        <v>154</v>
+      </c>
+      <c r="E16" s="19" t="s">
+        <v>155</v>
+      </c>
+      <c r="H16" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="I16" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J16" s="20" t="s">
+        <v>156</v>
+      </c>
+      <c r="N16" s="19" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A17" s="11">
+        <v>15</v>
+      </c>
+      <c r="B17" s="19" t="s">
+        <v>158</v>
+      </c>
+      <c r="C17" s="19" t="s">
+        <v>158</v>
+      </c>
+      <c r="D17" s="19" t="s">
+        <v>159</v>
+      </c>
+      <c r="E17" s="19" t="s">
+        <v>160</v>
+      </c>
+      <c r="H17" s="19" t="s">
+        <v>80</v>
+      </c>
+      <c r="I17" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J17" s="20" t="s">
+        <v>161</v>
+      </c>
+      <c r="N17" s="19" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A18" s="11">
+        <v>13</v>
+      </c>
+      <c r="B18" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="C18" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="E18" s="19" t="s">
+        <v>150</v>
+      </c>
+      <c r="H18" s="19" t="s">
+        <v>80</v>
+      </c>
+      <c r="I18" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J18" s="20" t="s">
+        <v>151</v>
+      </c>
+      <c r="N18" s="22" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A19" s="7">
+        <v>4</v>
+      </c>
+      <c r="B19" s="12" t="s">
+        <v>71</v>
+      </c>
+      <c r="C19" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E19" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="F19" s="14"/>
+      <c r="G19" s="14"/>
+      <c r="H19" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="I19" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="J19" s="16" t="s">
+        <v>75</v>
+      </c>
+      <c r="K19" s="17"/>
+      <c r="L19" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M19" s="18" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A20" s="7">
+        <v>5</v>
+      </c>
+      <c r="B20" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C20" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E20" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="F20" s="14"/>
+      <c r="G20" s="14"/>
+      <c r="H20" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="I20" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="J20" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="K20" s="17"/>
+      <c r="L20" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M20" s="18"/>
+    </row>
+    <row r="21" spans="1:17" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A21" s="23">
+        <v>0.1</v>
+      </c>
+      <c r="B21" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="D21" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="E21" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="F21" s="25"/>
+      <c r="G21" s="24"/>
+      <c r="H21" s="25" t="s">
+        <v>18</v>
+      </c>
+      <c r="I21" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="J21" s="26" t="s">
+        <v>20</v>
+      </c>
+      <c r="K21" s="27"/>
+      <c r="L21" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="M21" s="28"/>
+      <c r="N21" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="O21" s="28"/>
+      <c r="P21" s="28"/>
+      <c r="Q21" s="28"/>
+    </row>
+    <row r="22" spans="1:17" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A22" s="23">
+        <v>0.2</v>
+      </c>
+      <c r="B22" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="C22" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="E22" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="F22" s="25"/>
+      <c r="G22" s="24"/>
+      <c r="H22" s="25" t="s">
+        <v>18</v>
+      </c>
+      <c r="I22" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="J22" s="26" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" s="27"/>
+      <c r="L22" s="28" t="s">
+        <v>25</v>
+      </c>
+      <c r="M22" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" s="28"/>
+      <c r="P22" s="28"/>
+      <c r="Q22" s="28"/>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A23" s="7">
+        <v>7</v>
+      </c>
+      <c r="B23" s="19" t="s">
+        <v>89</v>
+      </c>
+      <c r="C23" s="19" t="s">
+        <v>89</v>
+      </c>
+      <c r="D23" s="19" t="s">
+        <v>90</v>
+      </c>
+      <c r="E23" s="19" t="s">
+        <v>91</v>
+      </c>
+      <c r="H23" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="I23" s="19" t="s">
+        <v>93</v>
+      </c>
+      <c r="J23" s="20" t="s">
+        <v>94</v>
+      </c>
+      <c r="L23" s="19" t="s">
+        <v>95</v>
+      </c>
+      <c r="M23" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="N23" s="19" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A24" s="11">
+        <v>20</v>
+      </c>
+      <c r="B24" s="19" t="s">
+        <v>199</v>
+      </c>
+      <c r="C24" s="19" t="s">
+        <v>200</v>
+      </c>
+      <c r="E24" s="19" t="s">
+        <v>201</v>
+      </c>
+      <c r="H24" s="19" t="s">
+        <v>202</v>
+      </c>
+      <c r="I24" s="19" t="s">
+        <v>203</v>
+      </c>
+      <c r="J24" s="20" t="s">
+        <v>204</v>
+      </c>
+      <c r="L24" s="19" t="s">
+        <v>205</v>
+      </c>
+      <c r="M24" s="19" t="s">
+        <v>206</v>
+      </c>
+      <c r="N24" s="22" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A25" s="11">
+        <v>17</v>
+      </c>
+      <c r="B25" s="19" t="s">
+        <v>173</v>
+      </c>
+      <c r="C25" s="19" t="s">
+        <v>174</v>
+      </c>
+      <c r="D25" s="19" t="s">
+        <v>175</v>
+      </c>
+      <c r="E25" s="19" t="s">
+        <v>176</v>
+      </c>
+      <c r="F25" s="19" t="s">
+        <v>177</v>
+      </c>
+      <c r="H25" s="19" t="s">
+        <v>178</v>
+      </c>
+      <c r="I25" s="19" t="s">
+        <v>105</v>
+      </c>
+      <c r="J25" s="20" t="s">
+        <v>179</v>
+      </c>
+      <c r="L25" s="19" t="s">
+        <v>180</v>
+      </c>
+      <c r="M25" s="19" t="s">
         <v>181</v>
       </c>
-      <c r="C2" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D2" s="3" t="s">
+      <c r="N25" s="19" t="s">
         <v>182</v>
       </c>
-      <c r="E2" s="3" t="s">
-[...7 lines deleted...]
-      <c r="I2" s="3" t="s">
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A26" s="7">
+        <v>6</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="D26" s="10" t="s">
         <v>84</v>
       </c>
-      <c r="J2" s="5" t="s">
-[...190 lines deleted...]
-      <c r="E6" s="3" t="s">
+      <c r="E26" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="F26" s="14"/>
+      <c r="G26" s="14"/>
+      <c r="H26" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="I26" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="J26" s="16">
+        <v>10007</v>
+      </c>
+      <c r="K26" s="21"/>
+      <c r="L26" s="10" t="s">
         <v>86</v>
       </c>
-      <c r="F6" s="3" t="s">
-[...15 lines deleted...]
-      <c r="L6" s="3" t="s">
+      <c r="M26" s="18" t="s">
         <v>87</v>
       </c>
-      <c r="M6" s="3" t="s">
+      <c r="N26" s="22" t="s">
         <v>88</v>
       </c>
-      <c r="N6" s="3" t="s">
-[...88 lines deleted...]
-      <c r="I8" s="3" t="s">
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A27" s="7">
+        <v>3</v>
+      </c>
+      <c r="B27" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="D27" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E27" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="F27" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="G27" s="8"/>
+      <c r="H27" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="I27" s="8" t="s">
         <v>19</v>
       </c>
-      <c r="J8" s="5" t="s">
-[...225 lines deleted...]
-      <c r="I13" s="3" t="s">
+      <c r="J27" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="K27" s="4"/>
+      <c r="L27" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="M27" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="N27" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="O27" s="4"/>
+      <c r="P27" s="4"/>
+      <c r="Q27" s="4"/>
+    </row>
+    <row r="28" spans="1:17" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A28" s="23">
+        <v>0.6</v>
+      </c>
+      <c r="B28" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="C28" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="D28" s="25" t="s">
+        <v>47</v>
+      </c>
+      <c r="E28" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="F28" s="25" t="s">
+        <v>49</v>
+      </c>
+      <c r="G28" s="24"/>
+      <c r="H28" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="I28" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="J13" s="5" t="s">
-[...176 lines deleted...]
-      <c r="M18" s="20" t="s">
+      <c r="J28" s="26" t="s">
         <v>50</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B19" s="15" t="s">
+      <c r="K28" s="27"/>
+      <c r="L28" s="28"/>
+      <c r="M28" s="28"/>
+      <c r="N28" s="25" t="s">
         <v>51</v>
       </c>
-      <c r="C19" s="15" t="s">
-[...350 lines deleted...]
-      </c>
+      <c r="O28" s="28"/>
+      <c r="P28" s="28"/>
+      <c r="Q28" s="28"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:Z27">
-    <sortCondition ref="C2:C27"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:Q28">
+    <sortCondition ref="C2:C28"/>
   </sortState>
-  <phoneticPr fontId="2" type="noConversion"/>
   <printOptions horizontalCentered="1" gridLines="1"/>
   <pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0.3" footer="0.3"/>
   <pageSetup scale="54" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Arial,Bold"Exhibit A
 Core/2002 Service List
 Served via First Class Mail</oddHeader>
     <oddFooter>&amp;LIn re [INSERT CASE NAME],
 Case No. [INSERT CASE NO]&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
-</file>
-[...233 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>MSL</vt:lpstr>
       <vt:lpstr>MSL!Print_Area</vt:lpstr>
       <vt:lpstr>MSL!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager/>
-  <Company>KCCLLC</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
-  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Angela Nguyen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
-  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
-[...8 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_SetDate">
-    <vt:lpwstr>2024-02-09T22:26:24Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_SetDate">
+    <vt:lpwstr>2026-02-05T19:35:16Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Method">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Name">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Name">
     <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_SiteId">
     <vt:lpwstr>1d33f0b3-d95b-4738-9e36-d921827fb6ec</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_ActionId">
-    <vt:lpwstr>36e0cc0d-911e-4a1f-ae17-30e434048055</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_ActionId">
+    <vt:lpwstr>9e09390c-1f4f-478c-8442-68e822d2a4cf</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>