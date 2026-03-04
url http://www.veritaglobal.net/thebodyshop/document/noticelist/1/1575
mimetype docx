--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -28,3861 +28,3996 @@
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3787"/>
         <w:gridCol w:w="173"/>
         <w:gridCol w:w="3787"/>
         <w:gridCol w:w="173"/>
         <w:gridCol w:w="3787"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00481E11" w14:paraId="247C9B22" w14:textId="77777777">
+      <w:tr w:rsidR="00AC7A2B" w14:paraId="45A75905" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43046F0C" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="56362334" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Aldine Independent School District</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C2509E9" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="75F1629F" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Annette Ramirez, Kanika W Middleton, Pamela H Walters</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53F9EE5C" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="4861662C" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2520 WW Thorne Drive</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="363A1A89" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="5B997BED" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Houston</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TX</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>77073</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E18CED0" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+          <w:p w14:paraId="2A341A0D" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
             <w:pPr>
               <w:ind w:left="95" w:right="95"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48C2E19F" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="2BD82E3B" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Barclay Damon LLP</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77566581" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="1F72482E" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ilan Markus and Niclas A. Ferland</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4880F069" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="7E47CFC5" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>545 Long Wharf Drive, 9th Floor</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1593D160" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="23FAA836" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>New Haven</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CT</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>06511</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62D4128F" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+          <w:p w14:paraId="6213EBF8" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
             <w:pPr>
               <w:ind w:left="95" w:right="95"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CD8EB1C" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="31506675" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Bellevue Square LLC and Bellevue Square Merchants Association</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28C09858" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="7477566A" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Illuminate Law Group as Agent</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FA13584" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="213B1E64" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Brian M Muchinsky</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="668F0914" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="74099BCC" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10500 NE 8th Street Suite 850</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="185C357C" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="2FAAC72A" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bellevue</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>WA</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>98004</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481E11" w14:paraId="0C9D0B3B" w14:textId="77777777">
+      <w:tr w:rsidR="00AC7A2B" w14:paraId="61A68E09" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B582CF5" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="400EE896" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Brookfield Properties Inc as Agent</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60C1A964" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="16FD9F2E" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kristen N Pate</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="008C3ADF" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="1AD075A4" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>350 N Orleans Street Suite 300</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EBB32D0" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="4A3DC475" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Chicago</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IL</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>60654-1607</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E991914" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+          <w:p w14:paraId="3EA698F7" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
             <w:pPr>
               <w:ind w:left="95" w:right="95"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2263C622" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="18471B1E" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>City of Frisco</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68B4C879" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="7AE80A23" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Linebarger Goggan Blair &amp; Sampson LLP</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A7BC267" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="32D9E26B" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sherrel K Knighton</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78DDD5E9" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="6BCFE687" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2777 N Stemmons Freeway</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71644C72" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="21CBCA12" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Suite 1000</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FD5948C" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="2213E64A" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dallas</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TX</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>75207</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FB07E53" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+          <w:p w14:paraId="70765EE0" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
             <w:pPr>
               <w:ind w:left="95" w:right="95"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20EB0A39" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="0822A7D9" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Clear Creek Independent School District and City of Houston</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73F3FEE7" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="348DD5AC" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Perdue Brandon Fielder Collins &amp; Mott LLP</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7286C7B8" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="404AF6E9" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Melissa E Valdez</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37A8DBF3" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="16EF10CE" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1235 North Loop West Suite 600</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="640AC7BA" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="6C645F3D" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Houston</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TX</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>77008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481E11" w14:paraId="0E290C5B" w14:textId="77777777">
+      <w:tr w:rsidR="00AC7A2B" w14:paraId="366C9320" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FC4960B" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="4DA3D83E" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Cole Schotz P.C.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33BD2C5E" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="21ABAEB9" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rab N. Nalavala, Tara D. Ryan, Mark Tsukerman</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B5BDC19" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="525AADC5" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1325 Avenue of the Americas, 19th Fl</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E17B601" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="7BC9521A" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>New York</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NY</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EADEED9" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+          <w:p w14:paraId="755FB317" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
             <w:pPr>
               <w:ind w:left="95" w:right="95"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31B0D44C" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="73667F1A" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Frisco ISD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67CD3CCD" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="3E26EB20" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Perdue Brandon Fielder Collins &amp; Mott LLP</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47A27278" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="76170D01" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Linda D Reece</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E0E31F2" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="6D5ACC28" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1919 S Shiloh Rd Suite 640 LB 40</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="419EEE46" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="4F5710D8" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Garland</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TX</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>75042</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0927D9B6" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+          <w:p w14:paraId="5A2E011D" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
             <w:pPr>
               <w:ind w:left="95" w:right="95"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58D7CC45" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="31ED9CCA" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Internal Revenue Service</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69C452E6" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="03A4B067" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Centralized Insolvency Operation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BAD279C" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="601009AD" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2970 Market St</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CD54E49" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="62501CC5" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Philadelphia</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PA</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>19104</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481E11" w14:paraId="5E436E4D" w14:textId="77777777">
+      <w:tr w:rsidR="00AC7A2B" w14:paraId="30C603B0" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57CBBD9F" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="7E54F921" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Internal Revenue Service</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E36704D" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="1CE66445" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Centralized Insolvency Operation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="497F1742" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="4DA17984" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO Box 7346</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BAC1E49" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="46BF9D9C" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Philadelphia</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PA</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>19101-7346</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0512B229" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+          <w:p w14:paraId="400E4FA6" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
             <w:pPr>
               <w:ind w:left="95" w:right="95"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="394987FE" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="00127551" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>KCC dba Verita</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54F2DE7C" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="5F2B4804" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Angela Nguyen</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="044E1244" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="1A76A603" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>222 N Pacific Coast Highway Suite 300</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="421F7EAA" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="54CB790F" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>El Segundo</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CA</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>90245</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D4B0FEE" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+          <w:p w14:paraId="1CF02897" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
             <w:pPr>
               <w:ind w:left="95" w:right="95"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53AF04F0" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="4451F129" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Kelley Drye &amp; Warren LLP</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C5D3F1B" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="169D969A" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Robert L LeHane, Connie Y Choe, John A Churchhill Jr</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="204AD96F" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="36A74A38" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3 World Trade Center</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72843D14" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="4AD709A1" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>175 Greenwich Street</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56282C97" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="369943AD" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>New York</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NY</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10007</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481E11" w14:paraId="2FEC6643" w14:textId="77777777">
+      <w:tr w:rsidR="00AC7A2B" w14:paraId="44B80835" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BEB6AD2" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="3788477C" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Morgan Lewis &amp; Bockius LLP</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="716DD4E0" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="022B4401" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jennifer Feldsher</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D8C865F" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="50DC99AD" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>101 Park Ave 38th Floor</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="330B9AB1" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="3A006E59" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>New York</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NY</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10178</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F3A4A45" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+          <w:p w14:paraId="3D961769" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
             <w:pPr>
               <w:ind w:left="95" w:right="95"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A402E54" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="420CF122" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>New York State Department of Law</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="058B84F7" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Environmental Protection Bureau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5478A283" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Andrew J Gershon</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32FF70EE" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>28 Liberty Street</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C9C1F2C" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>New York</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F232A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NY</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F232A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="173" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C64A41D" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="95" w:right="95"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3787" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF8D12B" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>NY City Dept of Finance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B3E309E" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="337D0FED" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Office of Legal Affairs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BDC1103" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="5FD8BE81" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>375 Pearl St 30th Floor</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5485846B" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="191138AD" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>New York</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NY</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10038-1442</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...132 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481E11" w14:paraId="6390150D" w14:textId="77777777">
+      <w:tr w:rsidR="00AC7A2B" w14:paraId="3B345EF6" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B1BF0E8" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="631FBE68" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>NY State Tax Commission</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D87DDD" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Bankruptcy/Special Procedures Section</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33615835" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PO Box 5300</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3881C9B0" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Albany</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F232A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NY</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F232A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12205-0300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="173" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66233602" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="95" w:right="95"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3787" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDBD918" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>NY State Unemployment Insurance Fund</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19F5C295" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="60245CE9" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO Box 551</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0436A0DB" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="6E0D45C3" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Albany</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NY</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12201-0551</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC5930D" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+          <w:p w14:paraId="0E3A31FE" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
             <w:pPr>
               <w:ind w:left="95" w:right="95"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CA73AFB" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="699CA354" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Office of the NY Attorney General</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="768E802E" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="3932C75A" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Attorney General</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53D84C1C" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="6C168882" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>28 Liberty Street</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BECC17D" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="377FC1A3" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>New York</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NY</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10005</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...132 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481E11" w14:paraId="1A24BC6D" w14:textId="77777777">
+      <w:tr w:rsidR="00AC7A2B" w14:paraId="2126BA8E" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29848C95" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="632BC78D" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Office of the NY Attorney General</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2193514E" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Attorney General</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BA2D216" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The Capitol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20626B0A" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Albany</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F232A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NY</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F232A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12224-0341</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="173" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB11853" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="95" w:right="95"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3787" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76FF231B" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Rimon PC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D120971" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="34F2C5DC" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kenneth P Silverman</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="180121AC" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="609D56EC" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>100 Jericho Quadrangle Suite 300</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E75935B" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="0F1C78F3" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jericho</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NY</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11753</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FA2FC05" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+          <w:p w14:paraId="5258B441" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
             <w:pPr>
               <w:ind w:left="95" w:right="95"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AAB56A9" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="3008015F" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Rimon PC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A285B34" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="3E297899" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Brian Powers, Courtney Roman, Anthony Charles Acampora</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="493F8A25" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="58044C50" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>100 Jericho Quadrangle Suite 300</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25A38662" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="37F084E3" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jericho</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NY</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11753</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...132 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481E11" w14:paraId="089E2DC1" w14:textId="77777777">
+      <w:tr w:rsidR="00AC7A2B" w14:paraId="39C58A8E" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E5D633D" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="65CF9501" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Simon Property Group Inc</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="679422C6" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Attn Ronald M Tucker Esq</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3906F6D9" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>225 West Washington Street</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B38B268" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Indianapolis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F232A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>IN</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F232A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>46204</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="173" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="292115E0" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="95" w:right="95"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3787" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="755100E6" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>TN Attorney General's Office, Bankruptcy Division</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FB4D322" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="3F9C5F2E" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO Box 20207</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47148D21" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="6CFC49A4" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nashville</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TN</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>37202-0207</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A76F34A" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+          <w:p w14:paraId="25A201EE" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
             <w:pPr>
               <w:ind w:left="95" w:right="95"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="406068F3" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="5330C9EC" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Travis County</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DA710E9" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="11BF40FF" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Assistant Travis County Attorney</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D40A44C" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="712D3D71" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jason A. Starks</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53EBAF6E" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="6F9B0AD7" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO Box 1748</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13B5F52B" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="29FBBE70" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Austin</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TX</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>78767</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...132 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481E11" w14:paraId="290696F0" w14:textId="77777777">
+      <w:tr w:rsidR="00AC7A2B" w14:paraId="021577D1" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="374DFD89" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="6A614871" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>United States Attorney's Office SDNY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3125159B" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Attn Tax &amp; Bankruptcy Unit</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76BAAD21" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>86 Chambers St, Third Floor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7290B250" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>New York</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F232A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NY</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F232A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C57A83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="173" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3415937C" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="95" w:right="95"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3787" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC7CF98" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>United States Trustees Office Region 2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="460441FE" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="1E73C201" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mark Bruh Esq</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C648338" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="59E6544A" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alexander Hamilton Custom House</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="270ABBEF" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="743C7000" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>One Bowling Green Room 534</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D88954" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="4DA19707" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>New York</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NY</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10004-1408</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B193C9F" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+          <w:p w14:paraId="4B2BB817" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
             <w:pPr>
               <w:ind w:left="95" w:right="95"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22378930" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="67422E4F" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>USBC Southern District of NY</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4796BFB8" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="70F77260" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Honorable Judge David S Jones</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D45C20B" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="5FEBB95F" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>One Bowling Green</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="783215C8" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="71334BF3" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Courtroom 701</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="347A882D" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D173C9">
+          <w:p w14:paraId="57F58C55" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
+            <w:pPr>
+              <w:ind w:left="101" w:right="101"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>New York</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NY</w:t>
             </w:r>
             <w:r w:rsidRPr="00F232A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D173C9">
+            <w:r w:rsidRPr="00C57A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10004</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...20 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481E11" w14:paraId="68ECBDAE" w14:textId="77777777">
+      <w:tr w:rsidR="00AC7A2B" w14:paraId="32FC033C" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CD93480" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+          <w:p w14:paraId="0CA245BA" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
             <w:pPr>
               <w:ind w:left="101" w:right="101"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33BFFEFF" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+          <w:p w14:paraId="485997E9" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
             <w:pPr>
               <w:ind w:left="95" w:right="95"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67A65713" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+          <w:p w14:paraId="30259DFA" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
             <w:pPr>
               <w:ind w:left="101" w:right="101"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="736756F4" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+          <w:p w14:paraId="2E2A504B" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
             <w:pPr>
               <w:ind w:left="95" w:right="95"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E7FD3C9" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+          <w:p w14:paraId="28572A3C" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
             <w:pPr>
               <w:ind w:left="101" w:right="101"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5D35991F" w14:textId="77777777" w:rsidR="00481E11" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+    <w:p w14:paraId="0914DA8F" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
       <w:pPr>
         <w:ind w:left="95" w:right="95"/>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:sectPr w:rsidR="00481E11" w:rsidSect="00481E11">
+        <w:sectPr w:rsidR="00AC7A2B" w:rsidSect="00AC7A2B">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="270" w:bottom="0" w:left="270" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C401D17" w14:textId="77777777" w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidRDefault="00481E11" w:rsidP="00F232A0">
+    <w:p w14:paraId="0011578D" w14:textId="77777777" w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidRDefault="00AC7A2B" w:rsidP="00F232A0">
       <w:pPr>
         <w:ind w:left="95" w:right="95"/>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00481E11" w:rsidRPr="00F232A0" w:rsidSect="00481E11">
+    <w:sectPr w:rsidR="00AC7A2B" w:rsidRPr="00F232A0" w:rsidSect="00AC7A2B">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="270" w:bottom="0" w:left="270" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:altName w:val="等线 Light"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F232A0"/>
     <w:rsid w:val="0042571D"/>
-    <w:rsid w:val="00481E11"/>
     <w:rsid w:val="005902CA"/>
+    <w:rsid w:val="006141D9"/>
     <w:rsid w:val="007B0C33"/>
     <w:rsid w:val="008331FA"/>
     <w:rsid w:val="0093141E"/>
+    <w:rsid w:val="00AC7A2B"/>
     <w:rsid w:val="00B2698C"/>
     <w:rsid w:val="00CA4ADB"/>
     <w:rsid w:val="00CC73F3"/>
+    <w:rsid w:val="00E03C07"/>
     <w:rsid w:val="00F232A0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="585B4841"/>
+  <w14:docId w14:val="71C3B371"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E8BD1E14-61AA-491F-85FB-97D8DE55265A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -4620,60 +4755,60 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{517EF419-5DCF-491A-9E9A-A3B0C7A43FC6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>423</Words>
-  <Characters>2413</Characters>
+  <Words>440</Words>
+  <Characters>2514</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2831</CharactersWithSpaces>
+  <CharactersWithSpaces>2949</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ronaldo Lizarraga-Angulo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>